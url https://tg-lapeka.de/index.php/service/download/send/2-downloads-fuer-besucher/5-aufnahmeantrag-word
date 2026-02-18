--- v0 (2025-10-07)
+++ v1 (2026-02-18)
@@ -1,189 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX6.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX7.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX8.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX9.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX10.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX11.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX12.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX13.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX14.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX15.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX16.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX17.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX18.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/activeX/activeX19.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="634C9CCC" w14:textId="77777777" w:rsidR="00D17FD8" w:rsidRPr="00487133" w:rsidRDefault="00896BD5" w:rsidP="009019D4">
+    <w:p w14:paraId="634C9CCC" w14:textId="32F66E8A" w:rsidR="00D17FD8" w:rsidRPr="00487133" w:rsidRDefault="00406670" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00487133">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:noProof/>
-          <w:sz w:val="44"/>
-[...1 lines deleted...]
-          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27B579F3" wp14:editId="7814361E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71AFB26C" wp14:editId="5879A9BA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>8255</wp:posOffset>
+              <wp:posOffset>62230</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-2540</wp:posOffset>
+              <wp:posOffset>79793</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="525780" cy="361950"/>
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Bild 2" descr="C:\Users\Volker Wilch\Documents\TG\Werbematerial\TG - Blau 255, Farbton 160, Sättigung 240, Hell 120.bmp"/>
+            <wp:extent cx="550800" cy="360000"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="2540"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20608"/>
+                <wp:lineTo x="20927" y="20608"/>
+                <wp:lineTo x="20927" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1950191745" name="Grafik 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Volker Wilch\Documents\TG\Werbematerial\TG - Blau 255, Farbton 160, Sättigung 240, Hell 120.bmp"/>
+                    <pic:cNvPr id="0" name="Picture 89"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="525780" cy="361950"/>
+                      <a:ext cx="550800" cy="360000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln w="9525">
+                    <a:ln>
                       <a:noFill/>
-                      <a:miter lim="800000"/>
-[...1 lines deleted...]
-                      <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00487133">
+      <w:r w:rsidR="00896BD5" w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:u w:val="single"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Aufnahmeantrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D28207E" w14:textId="77777777" w:rsidR="00D17FD8" w:rsidRPr="00487133" w:rsidRDefault="00896BD5" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -335,576 +347,590 @@
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="96" w:type="dxa"/>
           <w:right w:w="96" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5059"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="03F04277" w14:textId="77777777" w:rsidTr="009019D4">
         <w:trPr>
           <w:trHeight w:val="846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA5E933" w14:textId="7107A2FA" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="7CA5E933" w14:textId="37B719E8" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Familienname</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3A6D0ABE">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1101" type="#_x0000_t75" style="width:245pt;height:34pt" o:ole="">
+                <v:shape id="_x0000_i1227" type="#_x0000_t75" style="width:245.2pt;height:33.9pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId10" w:name="TextBox1" w:shapeid="_x0000_i1101"/>
+                <w:control r:id="rId10" w:name="TextBox1" w:shapeid="_x0000_i1227"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="493C345D" w14:textId="77777777" w:rsidTr="009019D4">
         <w:trPr>
           <w:trHeight w:val="846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3332894D" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Vorname</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34CA200C" w14:textId="44007E81" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="34CA200C" w14:textId="01E60920" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0441FFF5">
-                <v:shape id="_x0000_i1065" type="#_x0000_t75" style="width:245pt;height:34pt" o:ole="">
+                <v:shape id="_x0000_i1216" type="#_x0000_t75" style="width:245.2pt;height:33.9pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId11" w:name="TextBox11" w:shapeid="_x0000_i1065"/>
+                <w:control r:id="rId11" w:name="TextBox11" w:shapeid="_x0000_i1216"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="0A48E257" w14:textId="77777777" w:rsidTr="009019D4">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25B1C2FB" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Geschlecht</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F91DFF1" w14:textId="254B9BA6" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="2F91DFF1" w14:textId="1AEFF529" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="730500D0">
-                <v:shape id="_x0000_i1067" type="#_x0000_t75" style="width:73.5pt;height:15pt" o:ole="">
+                <v:shape id="_x0000_i1215" type="#_x0000_t75" style="width:73.4pt;height:15.05pt" o:ole="">
                   <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId13" w:name="CheckBox1" w:shapeid="_x0000_i1067"/>
+                <w:control r:id="rId13" w:name="CheckBox1" w:shapeid="_x0000_i1215"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="21FD2F37">
-                <v:shape id="_x0000_i1069" type="#_x0000_t75" style="width:73.5pt;height:15pt" o:ole="">
+                <v:shape id="_x0000_i1214" type="#_x0000_t75" style="width:73.4pt;height:15.05pt" o:ole="">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId15" w:name="CheckBox11" w:shapeid="_x0000_i1069"/>
+                <w:control r:id="rId15" w:name="CheckBox11" w:shapeid="_x0000_i1214"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="7AF3AE76" w14:textId="77777777" w:rsidTr="007D344B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291FE984" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Geburtsdatum</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="484E327D" w14:textId="5599C019" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="484E327D" w14:textId="7C19D63B" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="09090A01">
-                <v:shape id="_x0000_i1071" type="#_x0000_t75" style="width:245pt;height:25pt" o:ole="">
+                <v:shape id="_x0000_i1213" type="#_x0000_t75" style="width:245.2pt;height:24.95pt" o:ole="">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId17" w:name="TextBox131" w:shapeid="_x0000_i1071"/>
+                <w:control r:id="rId17" w:name="TextBox131" w:shapeid="_x0000_i1213"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="69598A3F" w14:textId="77777777" w:rsidTr="009019D4">
         <w:trPr>
           <w:trHeight w:val="846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7178E8E3" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Straße und Hausnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="468B4EC4" w14:textId="5563BFB2" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="468B4EC4" w14:textId="3D663434" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3AD1849B">
-                <v:shape id="_x0000_i1073" type="#_x0000_t75" style="width:245pt;height:34pt" o:ole="">
+                <v:shape id="_x0000_i1212" type="#_x0000_t75" style="width:245.2pt;height:33.9pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId18" w:name="TextBox13" w:shapeid="_x0000_i1073"/>
+                <w:control r:id="rId18" w:name="TextBox13" w:shapeid="_x0000_i1212"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="73AA91D6" w14:textId="77777777" w:rsidTr="009019D4">
         <w:trPr>
           <w:trHeight w:val="846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1972F2" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Postleitzahl und Wohnort</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A5B8283" w14:textId="03A3B387" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="0A5B8283" w14:textId="191EA266" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="12D909A6">
-                <v:shape id="_x0000_i1075" type="#_x0000_t75" style="width:245pt;height:34pt" o:ole="">
+                <v:shape id="_x0000_i1211" type="#_x0000_t75" style="width:245.2pt;height:33.9pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId19" w:name="TextBox14" w:shapeid="_x0000_i1075"/>
+                <w:control r:id="rId19" w:name="TextBox14" w:shapeid="_x0000_i1211"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="0954C662" w14:textId="77777777" w:rsidTr="007D344B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A9AC0F" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="153ABC41" w14:textId="712115EB" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="153ABC41" w14:textId="7DC83992" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2B53E8E4">
-                <v:shape id="_x0000_i1077" type="#_x0000_t75" style="width:245pt;height:25pt" o:ole="">
+                <v:shape id="_x0000_i1210" type="#_x0000_t75" style="width:245.2pt;height:24.95pt" o:ole="">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId20" w:name="TextBox15" w:shapeid="_x0000_i1077"/>
+                <w:control r:id="rId20" w:name="TextBox15" w:shapeid="_x0000_i1210"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D344B" w:rsidRPr="00487133" w14:paraId="3F7ABE31" w14:textId="77777777" w:rsidTr="007D344B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="144B5CFE" w14:textId="77777777" w:rsidR="007D344B" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="007D344B">
+          <w:p w14:paraId="144B5CFE" w14:textId="270154B3" w:rsidR="007D344B" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="007D344B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Email</w:t>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00406670">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>-M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>ail</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A3B4960" w14:textId="48CA3137" w:rsidR="007D344B" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="007D344B">
+          <w:p w14:paraId="2A3B4960" w14:textId="5B122F11" w:rsidR="007D344B" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="007D344B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4D1A4686">
-                <v:shape id="_x0000_i1079" type="#_x0000_t75" style="width:245pt;height:25pt" o:ole="">
+                <v:shape id="_x0000_i1209" type="#_x0000_t75" style="width:245.2pt;height:24.95pt" o:ole="">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId21" w:name="TextBox152" w:shapeid="_x0000_i1079"/>
+                <w:control r:id="rId21" w:name="TextBox152" w:shapeid="_x0000_i1209"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="1DBC42A6" w14:textId="77777777" w:rsidTr="007D344B">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DF413B" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Beginn der Mitgliedschaft</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29D64FB3" w14:textId="3A83A3A1" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="29D64FB3" w14:textId="2A88C686" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="04105867">
-                <v:shape id="_x0000_i1081" type="#_x0000_t75" style="width:245pt;height:25pt" o:ole="">
+                <v:shape id="_x0000_i1208" type="#_x0000_t75" style="width:245.2pt;height:24.95pt" o:ole="">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId22" w:name="TextBox151" w:shapeid="_x0000_i1081"/>
+                <w:control r:id="rId22" w:name="TextBox151" w:shapeid="_x0000_i1208"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1A73" w:rsidRPr="00487133" w14:paraId="7B785BDB" w14:textId="77777777" w:rsidTr="007D344B">
         <w:trPr>
           <w:trHeight w:val="822"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A558BC2" w14:textId="77777777" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+          <w:p w14:paraId="5A558BC2" w14:textId="2490C526" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00406670" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Übungsleiterin / Übungsleiter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDF66D2" w14:textId="439B77E5" w:rsidR="00EF1A73" w:rsidRPr="00487133" w:rsidRDefault="00EF1A73" w:rsidP="009019D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="021C131B">
-                <v:shape id="_x0000_i1083" type="#_x0000_t75" style="width:245pt;height:34pt" o:ole="">
+                <v:shape id="_x0000_i1207" type="#_x0000_t75" style="width:245.2pt;height:33.9pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId23" w:name="TextBox16" w:shapeid="_x0000_i1083"/>
+                <w:control r:id="rId23" w:name="TextBox16" w:shapeid="_x0000_i1207"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5368CB08" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
@@ -1021,57 +1047,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00EA551B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>, Änderungen vorbehalten)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3055"/>
-        <w:gridCol w:w="1765"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="2E5A9A18" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="2E5A9A18" w14:textId="77777777" w:rsidTr="00D31017">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D8E88F" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
@@ -1084,676 +1110,615 @@
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5E867E" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Jahresbeitrag</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="7B467AA2" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="7B467AA2" w14:textId="77777777" w:rsidTr="00D31017">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64D64A2E" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Kinder bis 16 Jahre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BE8C126" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
             <w:r w:rsidR="00EA551B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="45461253" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="45461253" w14:textId="77777777" w:rsidTr="00D31017">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DBA305" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Jugendliche 16 - 18 Jahre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A09CE8E" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
             <w:r w:rsidR="00EA551B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="04B3B187" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="04B3B187" w14:textId="77777777" w:rsidTr="00D31017">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C39D3D8" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Erwachsene</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4180C934" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
             <w:r w:rsidR="00EA551B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="4A6B396A" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="4A6B396A" w14:textId="77777777" w:rsidTr="00D31017">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CAE2F27" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Familien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4153E454" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
             <w:r w:rsidR="00EA551B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E867B9E" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+    <w:p w14:paraId="0E867B9E" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="00D31017">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
-        <w:spacing w:before="360"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Im ersten Jahr der Mitgliedschaft wird der Jahresbeitrag anteilig</w:t>
       </w:r>
       <w:r w:rsidR="0060311D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro Monat</w:t>
       </w:r>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> berechnet und dann kalenderjährlich abgebucht. Ein gezahlter Jahresbeitrag wird am Ende einer Mitgliedschaft nicht erstattet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58410349" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+    <w:p w14:paraId="58410349" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="00D31017">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5127EBC6" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+    <w:p w14:paraId="038CE61F" w14:textId="22EDAAA4" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="00D31017">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Kündigungen sind gemäß Satzung ausschließlich zum Ende des Kalenderjahres möglich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038CE61F" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
-[...60 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4810"/>
+        <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="58D0D46E" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="58D0D46E" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4810" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F64E8E9" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
@@ -1974,57 +1939,57 @@
                 <w:tab w:val="left" w:pos="17280"/>
                 <w:tab w:val="left" w:pos="18000"/>
                 <w:tab w:val="left" w:pos="18720"/>
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="74F74457" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="74F74457" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
           <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4810" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E726CC1" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
@@ -2306,51 +2271,51 @@
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D05B3C4" w14:textId="391B2B23" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="009019D4">
+    <w:p w14:paraId="4D05B3C4" w14:textId="1AEFFBA6" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="007D344B" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
@@ -2384,59 +2349,59 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FILENAME  </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00EF0519">
+      <w:r w:rsidR="00406670">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Aufnahmeantrag 2025-01-14</w:t>
+        <w:t>Aufnahmeantrag 2026-02-11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECE5146" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
@@ -2598,51 +2563,51 @@
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00487133">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>für wiederkehrende Zahlung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DE2286" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+    <w:p w14:paraId="65DE2286" w14:textId="0A0A9C48" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
@@ -2896,71 +2861,71 @@
           <w:tab w:val="left" w:pos="18000"/>
           <w:tab w:val="left" w:pos="18720"/>
           <w:tab w:val="left" w:pos="19440"/>
           <w:tab w:val="left" w:pos="20160"/>
           <w:tab w:val="left" w:pos="20880"/>
           <w:tab w:val="left" w:pos="21600"/>
           <w:tab w:val="left" w:pos="22320"/>
           <w:tab w:val="left" w:pos="23040"/>
           <w:tab w:val="left" w:pos="23760"/>
           <w:tab w:val="left" w:pos="24480"/>
           <w:tab w:val="left" w:pos="25200"/>
           <w:tab w:val="left" w:pos="25920"/>
           <w:tab w:val="left" w:pos="26640"/>
           <w:tab w:val="left" w:pos="27360"/>
           <w:tab w:val="left" w:pos="28080"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5680" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4924"/>
+        <w:gridCol w:w="5680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="7CBFA4AE" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="7CBFA4AE" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
-          <w:trHeight w:val="1021"/>
+          <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4924" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="687A0BBF" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
@@ -2979,124 +2944,124 @@
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Name des Kontoinhabers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D21978C" w14:textId="4E3E0395" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+          <w:p w14:paraId="2D21978C" w14:textId="3AEF39B2" w:rsidR="009019D4" w:rsidRPr="003A5022" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
                 <w:tab w:val="left" w:pos="15120"/>
                 <w:tab w:val="left" w:pos="15840"/>
                 <w:tab w:val="left" w:pos="16560"/>
                 <w:tab w:val="left" w:pos="17280"/>
                 <w:tab w:val="left" w:pos="18000"/>
                 <w:tab w:val="left" w:pos="18720"/>
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00487133">
+            <w:r w:rsidRPr="003A5022">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0A15A251">
-                <v:shape id="_x0000_i1102" type="#_x0000_t75" style="width:242pt;height:35.5pt" o:ole="">
+                <v:shape id="_x0000_i1226" type="#_x0000_t75" style="width:270.1pt;height:35.3pt" o:ole="">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId25" w:name="TextBox112" w:shapeid="_x0000_i1102"/>
+                <w:control r:id="rId25" w:name="TextBox112" w:shapeid="_x0000_i1226"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="102AD991" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="102AD991" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
-          <w:trHeight w:val="1021"/>
+          <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4924" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1DAAB5" w14:textId="2BA6D1BD" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
+          <w:p w14:paraId="5F1DAAB5" w14:textId="4D3C664B" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
                 <w:tab w:val="left" w:pos="15120"/>
                 <w:tab w:val="left" w:pos="15840"/>
@@ -3122,66 +3087,66 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Name der Bank</w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="7B00B70B">
-                <v:shape id="_x0000_i1087" type="#_x0000_t75" style="width:242pt;height:35.5pt" o:ole="">
+                <v:shape id="_x0000_i1205" type="#_x0000_t75" style="width:270.1pt;height:35.3pt" o:ole="">
                   <v:imagedata r:id="rId24" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId26" w:name="TextBox1121" w:shapeid="_x0000_i1087"/>
+                <w:control r:id="rId26" w:name="TextBox1121" w:shapeid="_x0000_i1205"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="6F16F6AC" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="6F16F6AC" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
-          <w:trHeight w:val="1021"/>
+          <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4924" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56E95429" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
@@ -3200,51 +3165,51 @@
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>IBAN</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="504E837B" w14:textId="01E0520F" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="003C541E" w:rsidP="009019D4">
+          <w:p w14:paraId="504E837B" w14:textId="19EA485B" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="003C541E" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
                 <w:tab w:val="left" w:pos="14400"/>
                 <w:tab w:val="left" w:pos="15120"/>
                 <w:tab w:val="left" w:pos="15840"/>
@@ -3254,121 +3219,121 @@
                 <w:tab w:val="left" w:pos="18720"/>
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="657B2BFA">
-                <v:shape id="_x0000_i1089" type="#_x0000_t75" style="width:42pt;height:30pt" o:ole="">
+                <v:shape id="_x0000_i1204" type="#_x0000_t75" style="width:48pt;height:30.1pt" o:ole="">
                   <v:imagedata r:id="rId27" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId28" w:name="TextBox25" w:shapeid="_x0000_i1089"/>
+                <w:control r:id="rId28" w:name="TextBox25" w:shapeid="_x0000_i1204"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="415304A4">
-                <v:shape id="_x0000_i1091" type="#_x0000_t75" style="width:42pt;height:30pt" o:ole="">
-                  <v:imagedata r:id="rId27" o:title=""/>
+                <v:shape id="_x0000_i1203" type="#_x0000_t75" style="width:48pt;height:30.1pt" o:ole="">
+                  <v:imagedata r:id="rId29" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId29" w:name="TextBox211" w:shapeid="_x0000_i1091"/>
+                <w:control r:id="rId30" w:name="TextBox211" w:shapeid="_x0000_i1203"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="28E5D3DB">
-                <v:shape id="_x0000_i1093" type="#_x0000_t75" style="width:42pt;height:30pt" o:ole="">
-                  <v:imagedata r:id="rId27" o:title=""/>
+                <v:shape id="_x0000_i1202" type="#_x0000_t75" style="width:48pt;height:30.1pt" o:ole="">
+                  <v:imagedata r:id="rId29" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId30" w:name="TextBox221" w:shapeid="_x0000_i1093"/>
+                <w:control r:id="rId31" w:name="TextBox221" w:shapeid="_x0000_i1202"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="13FD4EF4">
-                <v:shape id="_x0000_i1095" type="#_x0000_t75" style="width:42pt;height:30pt" o:ole="">
-                  <v:imagedata r:id="rId27" o:title=""/>
+                <v:shape id="_x0000_i1201" type="#_x0000_t75" style="width:48pt;height:30.1pt" o:ole="">
+                  <v:imagedata r:id="rId29" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId31" w:name="TextBox231" w:shapeid="_x0000_i1095"/>
+                <w:control r:id="rId32" w:name="TextBox231" w:shapeid="_x0000_i1201"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="77CAAAAC">
-                <v:shape id="_x0000_i1097" type="#_x0000_t75" style="width:42pt;height:30pt" o:ole="">
-                  <v:imagedata r:id="rId27" o:title=""/>
+                <v:shape id="_x0000_i1200" type="#_x0000_t75" style="width:48pt;height:30.1pt" o:ole="">
+                  <v:imagedata r:id="rId29" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId32" w:name="TextBox2311" w:shapeid="_x0000_i1097"/>
+                <w:control r:id="rId33" w:name="TextBox2311" w:shapeid="_x0000_i1200"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="350285FE">
-                <v:shape id="_x0000_i1099" type="#_x0000_t75" style="width:24pt;height:30pt" o:ole="">
-                  <v:imagedata r:id="rId33" o:title=""/>
+                <v:shape id="_x0000_i1199" type="#_x0000_t75" style="width:30.1pt;height:30.1pt" o:ole="">
+                  <v:imagedata r:id="rId34" o:title=""/>
                 </v:shape>
-                <w:control r:id="rId34" w:name="TextBox23111" w:shapeid="_x0000_i1099"/>
+                <w:control r:id="rId35" w:name="TextBox23111" w:shapeid="_x0000_i1199"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="5ED1F7BE" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="5ED1F7BE" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
-          <w:trHeight w:val="1474"/>
+          <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4924" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F022163" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
@@ -3442,57 +3407,57 @@
                 <w:tab w:val="left" w:pos="17280"/>
                 <w:tab w:val="left" w:pos="18000"/>
                 <w:tab w:val="left" w:pos="18720"/>
                 <w:tab w:val="left" w:pos="19440"/>
                 <w:tab w:val="left" w:pos="20160"/>
                 <w:tab w:val="left" w:pos="20880"/>
                 <w:tab w:val="left" w:pos="21600"/>
                 <w:tab w:val="left" w:pos="22320"/>
                 <w:tab w:val="left" w:pos="23040"/>
                 <w:tab w:val="left" w:pos="23760"/>
                 <w:tab w:val="left" w:pos="24480"/>
                 <w:tab w:val="left" w:pos="25200"/>
                 <w:tab w:val="left" w:pos="25920"/>
                 <w:tab w:val="left" w:pos="26640"/>
                 <w:tab w:val="left" w:pos="27360"/>
                 <w:tab w:val="left" w:pos="28080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="5B841E18" w14:textId="77777777" w:rsidTr="009019D4">
+      <w:tr w:rsidR="009019D4" w:rsidRPr="00487133" w14:paraId="5B841E18" w14:textId="77777777" w:rsidTr="00D31017">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4924" w:type="dxa"/>
+            <w:tcW w:w="5954" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="381A1428" w14:textId="77777777" w:rsidR="009019D4" w:rsidRPr="00487133" w:rsidRDefault="009019D4" w:rsidP="009019D4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
                 <w:tab w:val="left" w:pos="11520"/>
                 <w:tab w:val="left" w:pos="12240"/>
                 <w:tab w:val="left" w:pos="12960"/>
                 <w:tab w:val="left" w:pos="13680"/>
@@ -3525,68 +3490,72 @@
             <w:r w:rsidRPr="00487133">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mitgliedsnummer – füllt TG aus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76835735" w14:textId="77777777" w:rsidR="00323B64" w:rsidRPr="00487133" w:rsidRDefault="00467AC4" w:rsidP="00467AC4">
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00487133">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>www.tg-lapeka.de</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00323B64" w:rsidRPr="00487133" w:rsidSect="009019D4">
+    <w:sectPr w:rsidR="00323B64" w:rsidRPr="00487133" w:rsidSect="00D31017">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:num="3" w:space="284"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:num="3" w:space="284" w:equalWidth="0">
+        <w:col w:w="5097" w:space="284"/>
+        <w:col w:w="4026" w:space="284"/>
+        <w:col w:w="5862"/>
+      </w:cols>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="250C9EDB" w14:textId="77777777" w:rsidR="00C77635" w:rsidRDefault="00C77635" w:rsidP="00AE5209">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="096D0135" w14:textId="77777777" w:rsidR="00C77635" w:rsidRDefault="00C77635" w:rsidP="00AE5209">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
@@ -3983,181 +3952,200 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6121" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="801921109">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2115705832">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1153062535">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="bestFit" w:percent="106"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="803"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C77635"/>
     <w:rsid w:val="00007893"/>
     <w:rsid w:val="000230A4"/>
+    <w:rsid w:val="00054CE6"/>
     <w:rsid w:val="000D2B71"/>
     <w:rsid w:val="00103402"/>
+    <w:rsid w:val="00111950"/>
+    <w:rsid w:val="001739E1"/>
     <w:rsid w:val="0018405C"/>
+    <w:rsid w:val="001D1907"/>
     <w:rsid w:val="001E32AF"/>
     <w:rsid w:val="001E6529"/>
+    <w:rsid w:val="001E77EE"/>
     <w:rsid w:val="00202793"/>
     <w:rsid w:val="00245970"/>
     <w:rsid w:val="00251D34"/>
     <w:rsid w:val="00252F7E"/>
     <w:rsid w:val="0025569F"/>
     <w:rsid w:val="002A710D"/>
+    <w:rsid w:val="002B10CC"/>
     <w:rsid w:val="002C3B6D"/>
     <w:rsid w:val="002D7340"/>
     <w:rsid w:val="00306925"/>
     <w:rsid w:val="00323B64"/>
     <w:rsid w:val="00332887"/>
+    <w:rsid w:val="003453C4"/>
     <w:rsid w:val="00354F1D"/>
     <w:rsid w:val="00356463"/>
     <w:rsid w:val="00357DA2"/>
     <w:rsid w:val="00365479"/>
+    <w:rsid w:val="003A5022"/>
     <w:rsid w:val="003C541E"/>
     <w:rsid w:val="003D6EEC"/>
+    <w:rsid w:val="003E6AEC"/>
+    <w:rsid w:val="00406670"/>
     <w:rsid w:val="00467AC4"/>
     <w:rsid w:val="00476E09"/>
     <w:rsid w:val="00477ACC"/>
     <w:rsid w:val="00487133"/>
     <w:rsid w:val="004B03FA"/>
+    <w:rsid w:val="004B2D06"/>
     <w:rsid w:val="004D5DF8"/>
     <w:rsid w:val="00513BAF"/>
     <w:rsid w:val="00590C05"/>
     <w:rsid w:val="005A22E0"/>
     <w:rsid w:val="0060311D"/>
     <w:rsid w:val="00612F9D"/>
     <w:rsid w:val="00675594"/>
     <w:rsid w:val="00683528"/>
     <w:rsid w:val="006B0DE2"/>
     <w:rsid w:val="006F2D70"/>
     <w:rsid w:val="006F7597"/>
     <w:rsid w:val="00764A37"/>
     <w:rsid w:val="00770BF7"/>
     <w:rsid w:val="007D344B"/>
     <w:rsid w:val="007E2C95"/>
+    <w:rsid w:val="008141AC"/>
     <w:rsid w:val="0081592C"/>
     <w:rsid w:val="008163DD"/>
     <w:rsid w:val="0082338A"/>
     <w:rsid w:val="00836692"/>
+    <w:rsid w:val="008658ED"/>
     <w:rsid w:val="00896BD5"/>
+    <w:rsid w:val="008E6EFE"/>
     <w:rsid w:val="009019D4"/>
     <w:rsid w:val="00912CC1"/>
     <w:rsid w:val="00943C9E"/>
+    <w:rsid w:val="009876F8"/>
     <w:rsid w:val="009C6618"/>
     <w:rsid w:val="009D606F"/>
     <w:rsid w:val="00A05EE7"/>
     <w:rsid w:val="00A3461E"/>
     <w:rsid w:val="00A468C3"/>
     <w:rsid w:val="00A476CD"/>
     <w:rsid w:val="00A53312"/>
     <w:rsid w:val="00AB7871"/>
     <w:rsid w:val="00AE5209"/>
     <w:rsid w:val="00B05898"/>
     <w:rsid w:val="00B4362E"/>
     <w:rsid w:val="00BA702D"/>
     <w:rsid w:val="00BB480F"/>
     <w:rsid w:val="00BC5C28"/>
     <w:rsid w:val="00BE7844"/>
     <w:rsid w:val="00C17315"/>
     <w:rsid w:val="00C552AF"/>
     <w:rsid w:val="00C71281"/>
     <w:rsid w:val="00C77635"/>
     <w:rsid w:val="00C92300"/>
     <w:rsid w:val="00CB3228"/>
     <w:rsid w:val="00CC1C7E"/>
     <w:rsid w:val="00CC73E5"/>
     <w:rsid w:val="00CF035F"/>
     <w:rsid w:val="00CF40BD"/>
     <w:rsid w:val="00D0314A"/>
     <w:rsid w:val="00D11E6F"/>
     <w:rsid w:val="00D17FD8"/>
     <w:rsid w:val="00D22FB8"/>
+    <w:rsid w:val="00D31017"/>
     <w:rsid w:val="00D41937"/>
     <w:rsid w:val="00D76892"/>
     <w:rsid w:val="00D96B43"/>
+    <w:rsid w:val="00DC113F"/>
     <w:rsid w:val="00DE125B"/>
     <w:rsid w:val="00DE57FB"/>
     <w:rsid w:val="00E13FA9"/>
     <w:rsid w:val="00E63A4D"/>
     <w:rsid w:val="00E80650"/>
     <w:rsid w:val="00EA551B"/>
     <w:rsid w:val="00ED1ECF"/>
+    <w:rsid w:val="00EE4CD2"/>
     <w:rsid w:val="00EF0519"/>
     <w:rsid w:val="00EF1A73"/>
     <w:rsid w:val="00F00357"/>
     <w:rsid w:val="00F06AC2"/>
+    <w:rsid w:val="00F10355"/>
     <w:rsid w:val="00F81569"/>
     <w:rsid w:val="00F8624F"/>
     <w:rsid w:val="00FA466D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1045"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -4906,51 +4894,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:semiHidden/>
     <w:rsid w:val="00467AC4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX13.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX9.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX12.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX8.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX18.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX11.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX14.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX7.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX10.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX16.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tg-lapeka.de" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX13.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX9.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX12.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX18.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX8.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX17.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX11.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX14.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tg-lapeka.de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX7.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX10.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX15.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX19.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Volker%20Wilch\Documents\TG\IONOS\IONOS%20HiDrive\Mitgliederverwaltung\Aufnahmeantrag%202025-01-14.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX10.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX11.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX12.bin"/></Relationships>
 </file>
 
 <file path=word/activeX/_rels/activeX13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX13.bin"/></Relationships>
 </file>
@@ -5369,67 +5357,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{290272A9-628C-4921-8D79-CA059A0646A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Aufnahmeantrag 2025-01-14</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>302</Words>
-  <Characters>1907</Characters>
+  <Words>294</Words>
+  <Characters>1858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Aufnahmeantrag TG / Formular 2019</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2205</CharactersWithSpaces>
+  <CharactersWithSpaces>2148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Aufnahmeantrag TG / Formular 2019</dc:title>
   <dc:creator>Volker Wilch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>